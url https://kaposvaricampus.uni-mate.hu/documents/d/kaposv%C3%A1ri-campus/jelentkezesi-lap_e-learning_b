--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1596,113 +1596,113 @@
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>75 óra / 180 nap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6E0B4"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="642BB850" w14:textId="258D59E9" w:rsidR="00F22C57" w:rsidRPr="002F768A" w:rsidRDefault="00F22C57" w:rsidP="00E52FD7">
+          <w:p w14:paraId="642BB850" w14:textId="00F64115" w:rsidR="00F22C57" w:rsidRPr="002F768A" w:rsidRDefault="00F22C57" w:rsidP="00E52FD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00F17919">
+            <w:r w:rsidR="00E81F01">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00F17919">
+            <w:r w:rsidR="00E81F01">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10 HUF</w:t>
+              <w:t>0 HUF</w:t>
             </w:r>
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6E0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C4AD15D" w14:textId="77777777" w:rsidR="00F22C57" w:rsidRPr="002F768A" w:rsidRDefault="00F22C57" w:rsidP="00E52FD7">
@@ -1746,86 +1746,86 @@
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0 nap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6E0B4"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D4EEA19" w14:textId="4B9E5121" w:rsidR="00F22C57" w:rsidRPr="002F768A" w:rsidRDefault="00F22C57" w:rsidP="00E52FD7">
+          <w:p w14:paraId="5D4EEA19" w14:textId="58955906" w:rsidR="00F22C57" w:rsidRPr="002F768A" w:rsidRDefault="00F22C57" w:rsidP="00E52FD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
-            <w:r w:rsidR="00F17919">
+            <w:r w:rsidR="00E81F01">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidRPr="002F768A">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUF </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05D1FB21" w14:textId="77777777" w:rsidR="00F22C57" w:rsidRDefault="00F22C57" w:rsidP="00F22C57">
       <w:pPr>
@@ -1945,51 +1945,51 @@
       <w:r w:rsidRPr="00322E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>et megismerte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A94A4A7" w14:textId="77777777" w:rsidR="00C3388D" w:rsidRPr="00322E8E" w:rsidRDefault="00C3388D" w:rsidP="007065D2">
       <w:pPr>
         <w:pStyle w:val="Nincstrkz"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00322E8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A kitöltött jelentkezési lapot e-mailben a következő címre kell elküldeni:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437D782E" w14:textId="77777777" w:rsidR="00C3388D" w:rsidRPr="00322E8E" w:rsidRDefault="00F17919" w:rsidP="00C3388D">
+    <w:p w14:paraId="437D782E" w14:textId="77777777" w:rsidR="00C3388D" w:rsidRPr="00322E8E" w:rsidRDefault="00E81F01" w:rsidP="00C3388D">
       <w:pPr>
         <w:pStyle w:val="Nincstrkz"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00B75C6C" w:rsidRPr="00412A15">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>autosiskola@uni-mate.hu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F784A90" w14:textId="77777777" w:rsidR="00C3388D" w:rsidRDefault="00C7467E" w:rsidP="00C7467E">
       <w:pPr>
         <w:pStyle w:val="Nincstrkz"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -2497,51 +2497,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="71681"/>
+    <o:shapedefaults v:ext="edit" spidmax="73729"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007065D2"/>
     <w:rsid w:val="00004B55"/>
     <w:rsid w:val="0002235F"/>
     <w:rsid w:val="00032A0A"/>
     <w:rsid w:val="00041B56"/>
     <w:rsid w:val="000657E1"/>
     <w:rsid w:val="00094FD4"/>
@@ -2591,75 +2591,76 @@
     <w:rsid w:val="008B674F"/>
     <w:rsid w:val="008E15C6"/>
     <w:rsid w:val="008F1A77"/>
     <w:rsid w:val="00944980"/>
     <w:rsid w:val="00996253"/>
     <w:rsid w:val="009E7569"/>
     <w:rsid w:val="00A07F77"/>
     <w:rsid w:val="00A14213"/>
     <w:rsid w:val="00A16DD9"/>
     <w:rsid w:val="00A57ACF"/>
     <w:rsid w:val="00AA1914"/>
     <w:rsid w:val="00AB7B17"/>
     <w:rsid w:val="00AD687A"/>
     <w:rsid w:val="00B11FCA"/>
     <w:rsid w:val="00B5216A"/>
     <w:rsid w:val="00B562D6"/>
     <w:rsid w:val="00B75C6C"/>
     <w:rsid w:val="00BC266F"/>
     <w:rsid w:val="00C3388D"/>
     <w:rsid w:val="00C7467E"/>
     <w:rsid w:val="00C86922"/>
     <w:rsid w:val="00DA0755"/>
     <w:rsid w:val="00DD6CA5"/>
     <w:rsid w:val="00DE1415"/>
     <w:rsid w:val="00E04CC1"/>
+    <w:rsid w:val="00E81F01"/>
     <w:rsid w:val="00E90BE1"/>
     <w:rsid w:val="00EB0E4A"/>
     <w:rsid w:val="00F13381"/>
     <w:rsid w:val="00F17919"/>
     <w:rsid w:val="00F22C57"/>
     <w:rsid w:val="00F613C0"/>
     <w:rsid w:val="00FE30BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="71681"/>
+    <o:shapedefaults v:ext="edit" spidmax="73729"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B5E8A56"/>
   <w15:docId w15:val="{1A4C2760-3EEC-4940-B07D-13EDE62F8618}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>